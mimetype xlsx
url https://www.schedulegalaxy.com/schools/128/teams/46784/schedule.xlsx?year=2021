--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -2236,49 +2236,49 @@
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="40"/>
     <row r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>Date: 2025-12-16</t>
+          <t>Date: 2025-12-18</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>