--- v0 (2026-01-03)
+++ v1 (2026-01-11)
@@ -66,57 +66,57 @@
   </cellStyleXfs>
   <cellXfs count="3">
     <xf borderId="0" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="1" numFmtId="0" fontId="0" fillId="0" xfId="0"/>
     <xf borderId="0" numFmtId="14" fontId="0" fillId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:A14"/>
+  <dimension ref="A1:A15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
-    <col min="1" max="1" bestFit="1" customWidth="1" width="48.400000000000006"/>
+    <col min="1" max="1" bestFit="1" customWidth="1" width="52.800000000000004"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="11.0"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="15.400000000000002"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="8.8"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="12.100000000000001"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="9.9"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="14.3"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="9.9"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="7.700000000000001"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="6.6000000000000005"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="8.8"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Activity</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Opponents</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
@@ -475,325 +475,380 @@
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>Regular Season (Sup Meet #2 @ MVCC)</t>
+          <t>Regular Season (Utica Challenge Track Meet)</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>@ TBD</t>
         </is>
       </c>
       <c r="C8" s="2">
-        <v>46037.0</v>
+        <v>46032.0</v>
       </c>
       <c r="D8" s="0" t="inlineStr">
         <is>
-          <t>Thu</t>
+          <t>Sat</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>4:00 PM</t>
+          <t>11:00 AM</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>MVCC</t>
+          <t>Utica University</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>Regular Season (Fred Kirschenheiter Memorial @ OCC)</t>
+          <t>Regular Season (Sup Meet #2 @ MVCC)</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>@ TBD</t>
         </is>
       </c>
       <c r="C9" s="2">
-        <v>46039.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>Sat</t>
+          <t>Thu</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>3:00 PM</t>
+          <t>4:00 PM</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>OCC Syracuse</t>
+          <t>MVCC</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>Regular Season (TVL Championships @ Utica University)</t>
+          <t>Regular Season (Fred Kirschenheiter Memorial @ OCC)</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>@ TBD</t>
         </is>
       </c>
       <c r="C10" s="2">
-        <v>46044.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>Thu</t>
+          <t>Sat</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>7:30 PM</t>
+          <t>3:00 PM</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>Utica University</t>
+          <t>OCC Syracuse</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>Regular Season (Sectional Championships @ OCC)</t>
+          <t>Regular Season (TVL Championships @ Utica University - Senior Recognition)</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>@ TBD</t>
         </is>
       </c>
       <c r="C11" s="2">
-        <v>46059.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>Fri</t>
+          <t>Thu</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>4:30 PM</t>
+          <t>7:30 PM</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>OCC Syracuse</t>
+          <t>Utica University</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>L</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t>Accepted</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
+          <t>Regular Season (Sectional Championships @ OCC)</t>
+        </is>
+      </c>
+      <c r="B12" s="0" t="inlineStr">
+        <is>
+          <t>@ TBD</t>
+        </is>
+      </c>
+      <c r="C12" s="2">
+        <v>46059.0</v>
+      </c>
+      <c r="D12" s="0" t="inlineStr">
+        <is>
+          <t>Fri</t>
+        </is>
+      </c>
+      <c r="E12" s="0" t="inlineStr">
+        <is>
+          <t>4:30 PM</t>
+        </is>
+      </c>
+      <c r="F12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="0" t="inlineStr">
+        <is>
+          <t>OCC Syracuse</t>
+        </is>
+      </c>
+      <c r="H12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I12" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="J12" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K12" s="0" t="inlineStr">
+        <is>
+          <t>Accepted</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="0" t="inlineStr">
+        <is>
           <t>Regular Season (State Qualifiers @ OCC)</t>
         </is>
       </c>
-      <c r="B12" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="2">
+      <c r="B13" s="0" t="inlineStr">
+        <is>
+          <t>@ TBD</t>
+        </is>
+      </c>
+      <c r="C13" s="2">
         <v>46064.0</v>
       </c>
-      <c r="D12" s="0" t="inlineStr">
+      <c r="D13" s="0" t="inlineStr">
         <is>
           <t>Wed</t>
         </is>
       </c>
-      <c r="E12" s="0" t="inlineStr">
+      <c r="E13" s="0" t="inlineStr">
         <is>
           <t>4:30 PM</t>
         </is>
       </c>
-      <c r="F12" s="0" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G12" s="0" t="inlineStr">
+      <c r="F13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="0" t="inlineStr">
         <is>
           <t>OCC Syracuse</t>
         </is>
       </c>
-      <c r="H12" s="0" t="inlineStr">
-[...24 lines deleted...]
-          <t>Date: 2026-01-03</t>
+      <c r="H13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="0" t="inlineStr">
+        <is>
+          <t>L</t>
+        </is>
+      </c>
+      <c r="J13" s="0" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="0" t="inlineStr">
+        <is>
+          <t>Accepted</t>
+        </is>
+      </c>
+    </row>
+    <row r="14"/>
+    <row r="15">
+      <c r="A15" s="0" t="inlineStr">
+        <is>
+          <t>Date: 2026-01-11</t>
         </is>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>